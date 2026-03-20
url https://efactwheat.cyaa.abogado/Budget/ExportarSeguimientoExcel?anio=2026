--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -1,64 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981929a6eff94f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e053d6c67d74386aa3d30a36ecfabe3.psmdcp" Id="R9e7d286edc6148d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd740463aaf4a490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7303ff9911504bac96ea5ac0ca25981e.psmdcp" Id="Rb7372742b4664374" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Gastos (G6)" sheetId="1" r:id="rId2"/>
     <x:sheet name="Ingresos (G7)" sheetId="2" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
-    <x:t>Seguimiento de Gastos - Año 2026 (Cierre Mes 2)</x:t>
+    <x:t>Seguimiento de Gastos - Año 2026 (Cierre Mes 3)</x:t>
   </x:si>
   <x:si>
     <x:t>Cuenta</x:t>
   </x:si>
   <x:si>
     <x:t>Nombre</x:t>
   </x:si>
   <x:si>
     <x:t>Presupuesto_Anual</x:t>
   </x:si>
   <x:si>
     <x:t>Prorrateo</x:t>
   </x:si>
   <x:si>
     <x:t>Realizado</x:t>
   </x:si>
   <x:si>
     <x:t>Desviacion</x:t>
   </x:si>
   <x:si>
     <x:t>621</x:t>
   </x:si>
   <x:si>
     <x:t>ARRENDAMIENTOS Y CANONES</x:t>
   </x:si>
@@ -227,51 +227,51 @@
   <x:si>
     <x:t>640</x:t>
   </x:si>
   <x:si>
     <x:t>SUELDOS Y SALARIOS</x:t>
   </x:si>
   <x:si>
     <x:t>640000</x:t>
   </x:si>
   <x:si>
     <x:t>ANTONIO NUÑEZ</x:t>
   </x:si>
   <x:si>
     <x:t>669</x:t>
   </x:si>
   <x:si>
     <x:t>OTROS GASTOS FINANCIEROS</x:t>
   </x:si>
   <x:si>
     <x:t>669000</x:t>
   </x:si>
   <x:si>
     <x:t>GASTOS FINANCIEROS</x:t>
   </x:si>
   <x:si>
-    <x:t>Seguimiento de Ingresos - Año 2026 (Cierre Mes 2)</x:t>
+    <x:t>Seguimiento de Ingresos - Año 2026 (Cierre Mes 3)</x:t>
   </x:si>
   <x:si>
     <x:t>705</x:t>
   </x:si>
   <x:si>
     <x:t>PRESTACION DE SERVICIOS</x:t>
   </x:si>
   <x:si>
     <x:t>705000</x:t>
   </x:si>
   <x:si>
     <x:t>ASISTENCIA FLOTA</x:t>
   </x:si>
   <x:si>
     <x:t>705001</x:t>
   </x:si>
   <x:si>
     <x:t>CLIENTES VARIOS</x:t>
   </x:si>
   <x:si>
     <x:t>769</x:t>
   </x:si>
   <x:si>
     <x:t>OTROS INGRESOS FINANCIEROS</x:t>
   </x:si>
@@ -695,913 +695,913 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table1.xml" Id="rId6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table2.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:F35"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="56.853482" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="44.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="20.853482" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="17.424911" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.710625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="17.996339" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>10895.01</x:v>
+        <x:v>10912.08</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>1815.835</x:v>
+        <x:v>2728.02</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>0</x:v>
+        <x:v>1815.68</x:v>
       </x:c>
       <x:c r="F4" s="0">
-        <x:v>-1815.835</x:v>
+        <x:v>-912.34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C5" s="0">
-        <x:v>9733.01</x:v>
+        <x:v>9750</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>1622.16833333333</x:v>
+        <x:v>2437.5</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>0</x:v>
+        <x:v>1622</x:v>
       </x:c>
       <x:c r="F5" s="0">
-        <x:v>-1622.16833333333</x:v>
+        <x:v>-815.5</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>1162</x:v>
+        <x:v>1162.08</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>193.666666666667</x:v>
+        <x:v>290.52</x:v>
       </x:c>
       <x:c r="E6" s="0">
-        <x:v>0</x:v>
+        <x:v>193.68</x:v>
       </x:c>
       <x:c r="F6" s="0">
-        <x:v>-193.666666666667</x:v>
+        <x:v>-96.84</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E7" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F7" s="0">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>3642</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>607</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>0</x:v>
+        <x:v>105.16</x:v>
       </x:c>
       <x:c r="F8" s="0">
-        <x:v>-607</x:v>
+        <x:v>-94.84</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C9" s="0">
-        <x:v>3642</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="D9" s="0">
-        <x:v>607</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E9" s="0">
-        <x:v>0</x:v>
+        <x:v>105.16</x:v>
       </x:c>
       <x:c r="F9" s="0">
-        <x:v>-607</x:v>
+        <x:v>-94.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C10" s="0">
-        <x:v>161786.39</x:v>
+        <x:v>162200</x:v>
       </x:c>
       <x:c r="D10" s="0">
-        <x:v>26964.3983333333</x:v>
+        <x:v>40550</x:v>
       </x:c>
       <x:c r="E10" s="0">
-        <x:v>0</x:v>
+        <x:v>23507.37</x:v>
       </x:c>
       <x:c r="F10" s="0">
-        <x:v>-26964.3983333333</x:v>
+        <x:v>-17042.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:6">
       <x:c r="A11" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="0">
-        <x:v>2465.8</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="D11" s="0">
-        <x:v>410.966666666667</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E11" s="0">
-        <x:v>0</x:v>
+        <x:v>798.35</x:v>
       </x:c>
       <x:c r="F11" s="0">
-        <x:v>-410.966666666667</x:v>
+        <x:v>173.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:6">
       <x:c r="A12" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C12" s="0">
-        <x:v>155775</x:v>
+        <x:v>155400</x:v>
       </x:c>
       <x:c r="D12" s="0">
-        <x:v>25962.5</x:v>
+        <x:v>38850</x:v>
       </x:c>
       <x:c r="E12" s="0">
-        <x:v>0</x:v>
+        <x:v>22200</x:v>
       </x:c>
       <x:c r="F12" s="0">
-        <x:v>-25962.5</x:v>
+        <x:v>-16650</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:6">
       <x:c r="A13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C13" s="0">
-        <x:v>3345.59</x:v>
+        <x:v>3500</x:v>
       </x:c>
       <x:c r="D13" s="0">
-        <x:v>557.598333333333</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E13" s="0">
-        <x:v>0</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="F13" s="0">
-        <x:v>-557.598333333333</x:v>
+        <x:v>-375</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:6">
       <x:c r="A14" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C14" s="0">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="D14" s="0">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D14" s="0">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E14" s="0">
-        <x:v>0</x:v>
+        <x:v>9.02</x:v>
       </x:c>
       <x:c r="F14" s="0">
-        <x:v>-33.3333333333333</x:v>
+        <x:v>-190.98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:6">
       <x:c r="A15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C15" s="0">
-        <x:v>2500</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D15" s="0">
-        <x:v>416.666666666667</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E15" s="0">
-        <x:v>0</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="F15" s="0">
-        <x:v>-416.666666666667</x:v>
+        <x:v>-555.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:6">
       <x:c r="A16" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C16" s="0">
-        <x:v>2500</x:v>
+        <x:v>2300</x:v>
       </x:c>
       <x:c r="D16" s="0">
-        <x:v>416.666666666667</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="E16" s="0">
-        <x:v>0</x:v>
+        <x:v>19.6</x:v>
       </x:c>
       <x:c r="F16" s="0">
-        <x:v>-416.666666666667</x:v>
+        <x:v>-555.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:6">
       <x:c r="A17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C17" s="0">
-        <x:v>38.74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D17" s="0">
-        <x:v>6.45666666666667</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="E17" s="0">
-        <x:v>0</x:v>
+        <x:v>7.82</x:v>
       </x:c>
       <x:c r="F17" s="0">
-        <x:v>-6.45666666666667</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:6">
       <x:c r="A18" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C18" s="0">
-        <x:v>38.74</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D18" s="0">
-        <x:v>6.45666666666667</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="E18" s="0">
-        <x:v>0</x:v>
+        <x:v>7.82</x:v>
       </x:c>
       <x:c r="F18" s="0">
-        <x:v>-6.45666666666667</x:v>
+        <x:v>-4.68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:6">
       <x:c r="A19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C19" s="0">
-        <x:v>22990.92</x:v>
+        <x:v>17000</x:v>
       </x:c>
       <x:c r="D19" s="0">
-        <x:v>3831.82</x:v>
+        <x:v>4250</x:v>
       </x:c>
       <x:c r="E19" s="0">
-        <x:v>0</x:v>
+        <x:v>2894.26</x:v>
       </x:c>
       <x:c r="F19" s="0">
-        <x:v>-3831.82</x:v>
+        <x:v>-1355.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:6">
       <x:c r="A20" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B20" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C20" s="0">
-        <x:v>12990.92</x:v>
+        <x:v>10000</x:v>
       </x:c>
       <x:c r="D20" s="0">
-        <x:v>2165.15333333333</x:v>
+        <x:v>2500</x:v>
       </x:c>
       <x:c r="E20" s="0">
-        <x:v>0</x:v>
+        <x:v>1406.86</x:v>
       </x:c>
       <x:c r="F20" s="0">
-        <x:v>-2165.15333333333</x:v>
+        <x:v>-1093.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:6">
       <x:c r="A21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C21" s="0">
-        <x:v>10000</x:v>
+        <x:v>7000</x:v>
       </x:c>
       <x:c r="D21" s="0">
-        <x:v>1666.66666666667</x:v>
+        <x:v>1750</x:v>
       </x:c>
       <x:c r="E21" s="0">
-        <x:v>0</x:v>
+        <x:v>1487.4</x:v>
       </x:c>
       <x:c r="F21" s="0">
-        <x:v>-1666.66666666667</x:v>
+        <x:v>-262.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:6">
       <x:c r="A22" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B22" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C22" s="0">
-        <x:v>5150</x:v>
+        <x:v>5900</x:v>
       </x:c>
       <x:c r="D22" s="0">
-        <x:v>858.333333333333</x:v>
+        <x:v>1475</x:v>
       </x:c>
       <x:c r="E22" s="0">
-        <x:v>0</x:v>
+        <x:v>1066.27</x:v>
       </x:c>
       <x:c r="F22" s="0">
-        <x:v>-858.333333333333</x:v>
+        <x:v>-408.73</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:6">
       <x:c r="A23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C23" s="0">
         <x:v>2700</x:v>
       </x:c>
       <x:c r="D23" s="0">
-        <x:v>450</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="E23" s="0">
-        <x:v>0</x:v>
+        <x:v>444.22</x:v>
       </x:c>
       <x:c r="F23" s="0">
-        <x:v>-450</x:v>
+        <x:v>-230.78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:6">
       <x:c r="A24" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C24" s="0">
-        <x:v>1700</x:v>
+        <x:v>2000</x:v>
       </x:c>
       <x:c r="D24" s="0">
-        <x:v>283.333333333333</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E24" s="0">
-        <x:v>0</x:v>
+        <x:v>521.06</x:v>
       </x:c>
       <x:c r="F24" s="0">
-        <x:v>-283.333333333333</x:v>
+        <x:v>21.06</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:6">
       <x:c r="A25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C25" s="0">
-        <x:v>750</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="D25" s="0">
-        <x:v>125</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="E25" s="0">
-        <x:v>0</x:v>
+        <x:v>100.99</x:v>
       </x:c>
       <x:c r="F25" s="0">
-        <x:v>-125</x:v>
+        <x:v>-199.01</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:6">
       <x:c r="A26" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C26" s="0">
-        <x:v>7610</x:v>
+        <x:v>7600</x:v>
       </x:c>
       <x:c r="D26" s="0">
-        <x:v>1268.33333333333</x:v>
+        <x:v>1900</x:v>
       </x:c>
       <x:c r="E26" s="0">
-        <x:v>0</x:v>
+        <x:v>864.92</x:v>
       </x:c>
       <x:c r="F26" s="0">
-        <x:v>-1268.33333333333</x:v>
+        <x:v>-1035.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:6">
       <x:c r="A27" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C27" s="0">
-        <x:v>950</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D27" s="0">
-        <x:v>158.333333333333</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E27" s="0">
-        <x:v>0</x:v>
+        <x:v>158.56</x:v>
       </x:c>
       <x:c r="F27" s="0">
-        <x:v>-158.333333333333</x:v>
+        <x:v>-66.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:6">
       <x:c r="A28" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C28" s="0">
-        <x:v>4800</x:v>
+        <x:v>4500</x:v>
       </x:c>
       <x:c r="D28" s="0">
-        <x:v>800</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E28" s="0">
-        <x:v>0</x:v>
+        <x:v>361.87</x:v>
       </x:c>
       <x:c r="F28" s="0">
-        <x:v>-800</x:v>
+        <x:v>-763.13</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:6">
       <x:c r="A29" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C29" s="0">
-        <x:v>1500</x:v>
+        <x:v>1600</x:v>
       </x:c>
       <x:c r="D29" s="0">
-        <x:v>250</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="E29" s="0">
-        <x:v>0</x:v>
+        <x:v>226.21</x:v>
       </x:c>
       <x:c r="F29" s="0">
-        <x:v>-250</x:v>
+        <x:v>-173.79</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:6">
       <x:c r="A30" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C30" s="0">
-        <x:v>360</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D30" s="0">
-        <x:v>60</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E30" s="0">
-        <x:v>0</x:v>
+        <x:v>62.98</x:v>
       </x:c>
       <x:c r="F30" s="0">
-        <x:v>-60</x:v>
+        <x:v>-87.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:6">
       <x:c r="A31" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D31" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E31" s="0">
-        <x:v>0</x:v>
+        <x:v>55.3</x:v>
       </x:c>
       <x:c r="F31" s="0">
-        <x:v>0</x:v>
+        <x:v>55.3</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:6">
       <x:c r="A32" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E32" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F32" s="0">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:6">
       <x:c r="A33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E33" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F33" s="0">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:6">
       <x:c r="A34" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C34" s="0">
-        <x:v>21.21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D34" s="0">
-        <x:v>3.535</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="E34" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F34" s="0">
-        <x:v>-3.535</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:6">
       <x:c r="A35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C35" s="0">
-        <x:v>21.21</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D35" s="0">
-        <x:v>3.535</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="E35" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F35" s="0">
-        <x:v>-3.535</x:v>
+        <x:v>-12.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId6"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:F10"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="45.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="29.567768" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="20.853482" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="17.424911" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="11.853482" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.710625" style="0" customWidth="1"/>
-    <x:col min="6" max="6" width="17.996339" style="0" customWidth="1"/>
+    <x:col min="6" max="6" width="12.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6">
       <x:c r="A1" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:6">
       <x:c r="A3" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F3" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:6">
       <x:c r="A4" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C4" s="0">
-        <x:v>220000</x:v>
+        <x:v>225000</x:v>
       </x:c>
       <x:c r="D4" s="0">
-        <x:v>36666.6666666667</x:v>
+        <x:v>56250</x:v>
       </x:c>
       <x:c r="E4" s="0">
-        <x:v>15970.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F4" s="0">
-        <x:v>-20696.5866666667</x:v>
+        <x:v>-56250</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:6">
       <x:c r="A5" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C5" s="0">
         <x:v>190000</x:v>
       </x:c>
       <x:c r="D5" s="0">
-        <x:v>31666.6666666667</x:v>
+        <x:v>47500</x:v>
       </x:c>
       <x:c r="E5" s="0">
-        <x:v>15970.08</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F5" s="0">
-        <x:v>-15696.5866666667</x:v>
+        <x:v>-47500</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:6">
       <x:c r="A6" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C6" s="0">
-        <x:v>30000</x:v>
+        <x:v>35000</x:v>
       </x:c>
       <x:c r="D6" s="0">
-        <x:v>5000</x:v>
+        <x:v>8750</x:v>
       </x:c>
       <x:c r="E6" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F6" s="0">
-        <x:v>-5000</x:v>
+        <x:v>-8750</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:6">
       <x:c r="A7" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C7" s="0">
-        <x:v>1000</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D7" s="0">
-        <x:v>166.666666666667</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E7" s="0">
-        <x:v>0</x:v>
+        <x:v>178.37</x:v>
       </x:c>
       <x:c r="F7" s="0">
-        <x:v>-166.666666666667</x:v>
+        <x:v>-46.63</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:6">
       <x:c r="A8" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B8" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C8" s="0">
-        <x:v>1000</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D8" s="0">
-        <x:v>166.666666666667</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E8" s="0">
-        <x:v>0</x:v>
+        <x:v>178.37</x:v>
       </x:c>
       <x:c r="F8" s="0">
-        <x:v>-166.666666666667</x:v>
+        <x:v>-46.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:6">
       <x:c r="A9" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E9" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F9" s="0">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:6">
       <x:c r="A10" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E10" s="0">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F10" s="0">
-        <x:v>0</x:v>
+        <x:v>-0</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId7"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="6">
       <vt:lpstr>Gastos (G6)</vt:lpstr>
       <vt:lpstr>Ingresos (G7)</vt:lpstr>
       <vt:lpstr>Gastos (G6)!Print_Area</vt:lpstr>
       <vt:lpstr>Gastos (G6)!Print_Titles</vt:lpstr>
       <vt:lpstr>Ingresos (G7)!Print_Area</vt:lpstr>
       <vt:lpstr>Ingresos (G7)!Print_Titles</vt:lpstr>
     </vt:vector>